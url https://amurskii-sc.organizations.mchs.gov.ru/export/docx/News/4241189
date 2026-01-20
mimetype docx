--- v0 (2025-12-03)
+++ v1 (2026-01-20)
@@ -197,51 +197,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Дома семья от хозяйки чаще всего требует пиццу с грибами – этосамое любимое блюдо у домочадцев. А сама Надежда больше всегопредпочитает манты - их и лепить, и пробовать приятно. Кстати,родом девушка из Забайкальского края, где преобладает национальнаябурятская кухня. Самое популярное и невероятно вкусное блюдо –буузы – научиться готовить крайне сложно. «Жемчужина бурятскойкухни» или паровое изделие из теста с рубленным мясом внешненапоминает юрту, в которой в старину жили коренные народы тех мест:в круглом по форме жилище располагается очаг, дым из котороговыходит из отверстия в крыше. У идеальной традиционной буузы 33защипа. Бурятские кулинары лепят буузы на весу: в одной руке держатзаготовку, а пальцами второй руки прищипывают складочки из теста,как на юбочке. Надежда пока технику лепки бууз не осваивала, но невидит для себя здесь сложностей, говорит, по настроению обязательноприготовит домочадцам национальное блюдо своей малой Родины. Араньше, признается, даже пельмени бы лепить не взялась. И это всеблагодаря МЧС России, которое научило ее: «Бояться не надо, дажетогда, когда не получается совсем. Берешь и учишься, стиснув зубы».Этот девиз она хочет пронести через всю свою жизнь. Этому же учитдругих. У нее все получилось, значит, и у остальных получится.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>